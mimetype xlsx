--- v0 (2025-10-15)
+++ v1 (2025-11-06)
@@ -1,1073 +1,528 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing" Extension="vml"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml" PartName="/xl/comments1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml" PartName="/xl/comments2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8D048D79-2FD3-4720-8EDB-0B185A7F5EFB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <workbookPr date1904="false"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Import Accounting Journal" sheetId="1" r:id="rId1"/>
-    <sheet name="Journal Entry Line Replacement" sheetId="2" r:id="rId2"/>
+    <sheet name="Import Accounting Journal" r:id="rId3" sheetId="1"/>
+    <sheet name="Journal Entry Line Replacement" r:id="rId4" sheetId="2"/>
   </sheets>
-  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author/>
   </authors>
   <commentList>
-    <comment ref="B4" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
-[...248 lines deleted...]
-        </r>
+    <comment ref="B4" authorId="0">
+      <text>
+        <t>Required for all transactions. Used to uniquely identify a transaction header. All rows with the same value will be submitted to Workday as one transaction set.</t>
+      </text>
+    </comment>
+    <comment ref="C4" authorId="0">
+      <text>
+        <t>Type: Company_Reference_ID</t>
+      </text>
+    </comment>
+    <comment ref="D4" authorId="0">
+      <text>
+        <t>Type: Ledger_Type_ID</t>
+      </text>
+    </comment>
+    <comment ref="E4" authorId="0">
+      <text>
+        <t>Type: Book_Code_ID</t>
+      </text>
+    </comment>
+    <comment ref="F4" authorId="0">
+      <text>
+        <t>Date item</t>
+      </text>
+    </comment>
+    <comment ref="G4" authorId="0">
+      <text>
+        <t>Type: Fund_ID</t>
+      </text>
+    </comment>
+    <comment ref="H4" authorId="0">
+      <text>
+        <t>The list of Reference ID types for this column exceeds the Excel limit of 256 characters. Reference ID types need to be entered as text and include one of the following: WID,Academic_Level_ID,Academic_Period_ID,Academic_Person_ID,Academic_Unit_ID,Ad_hoc_Payee_ID,Allocation_Pool_ID,Alternate_Supplier_Contract_ID,Applicant_ID,Application_Grouping_ID,Appropriation_ID,Asset_Adjustment_Reason_Reference_ID,Asset_Adjustment_Type_Reference_ID,Asset_Impairment_Reason_ID,Bank_Account_ID,Business_Asset_Cost_Adjustment_Reason_ID,Business_Unit_ID,Candidate_ID,Cash_Activity_Category_ID,Catalog_Item_ID,Company_Reference_ID,Compensation_Grade_ID,Contingent_Worker_ID,Contingent_Worker_Type_ID,Corporate_Credit_Card_Account_ID,Cost_Center_Reference_ID,Custom_Organization_Reference_ID,Custom_Worktag_06_ID,Custom_Worktag_07_ID,Custom_Worktag_08_ID,Custom_Worktag_09_ID,Custom_Worktag_1_ID,Custom_Worktag_10_ID,Custom_Worktag_11_ID,Custom_Worktag_12_ID,Custom_Worktag_13_ID,Custom_Worktag_14_ID,Custom_Worktag_15_ID,Custom_Worktag_2_ID,Custom_Worktag_3_ID,Custom_Worktag_4_ID,Custom_Worktag_5_ID,Customer_Category_ID,Customer_Contract_Alternate_Reference_ID,Customer_Contract_Reference_ID,Customer_ID,Customer_Reference_ID,Deduction_Recipient_ID,Donor_ID,Employee_ID,Employee_Type_ID,Ethnicity_ID,Expense_Item_ID,External_Committee_Member_ID,External_Sourceable_ID,Financial_Institution_ID,Financial_Institution_Reference_ID,Fringe_Basis_ID,Fund_ID,Funding_Source_Name,Gender_Code,Gift_Reference_ID,Grant_ID,Internal_Service_Provider_ID,Internal_Service_Provider_Reference_ID,Investment_Pool_ID,Investment_Profile_ID,Investor_ID,Job_Category_ID,Job_Level_ID,Job_Profile_ID,Job_Requisition_ID,Loan_ID,Location_ID,Management_Level_ID,Miscellaneous_Payee_ID,Object_Class_ID,Opportunity_Reference_ID,Organization_Reference_ID,Pay_Rate_Type_ID,Petty_Cash_Account_ID,Position_ID,Position_Time_Type_ID,Program_ID,Program_of_Study_ID,Project_ID,Project_Plan_ID,Project_Worker_Role_ID,Proposal_Grant_ID,Prospect_ID,Prospect_Reference_ID,Purchase_Item_ID,Receivable_Writeoff_Reason_ID,Region_Reference_ID,Revenue_Category_ID,Run_Category_ID,Salary_Over_The_Cap_Type_ID,Sales_Item_ID,Spend_Category_ID,Sponsor_ID,Sponsor_Reference_ID,Student_Award_Item_ID,Student_Charge_Item_ID,Student_Course_ID,Student_Course_Section_ID,Student_ID,Student_Recruiting_Campaign_ID,Student_Recruiting_Event_ID,Student_Sponsor_Contract_ID,Student_Waiver_Item_ID,Supplier_Category_ID,Supplier_Contract_ID,Supplier_Contract_ID_External,Supplier_ID,Supplier_Reference_ID,Tax_Applicability_ID,Tax_Authority_ID,Tax_Authority_Reference_ID,Tax_Category_ID,Tax_Code_ID,Tax_Rate_ID,Tax_Recoverability_Object_ID,Third_Party_ID,Universal_Identifier_ID,Withholding_Order_Case_ID,Withholding_Tax_Code_ID,Withholding_Tax_Rate_ID,Work_Function_ID,Work_Shift_ID</t>
+      </text>
+    </comment>
+    <comment ref="I4" authorId="0">
+      <text>
+        <t>Text item</t>
+      </text>
+    </comment>
+    <comment ref="J4" authorId="0">
+      <text>
+        <t>Text item</t>
+      </text>
+    </comment>
+    <comment ref="B5" authorId="0">
+      <text>
+        <t>You must use the header key to coordinate the header information throughout the tabs of the spreadsheet. Keep the same header key for each row as you add information in the subsequent tabs. The header key is also required to coordinate multiple child rows that roll up to the same parent row.</t>
+      </text>
+    </comment>
+    <comment ref="C5" authorId="0">
+      <text>
+        <t>Reference to an existing Company which holds the asset</t>
+      </text>
+    </comment>
+    <comment ref="D5" authorId="0">
+      <text>
+        <t>Reference to an existing Ledger Type</t>
+      </text>
+    </comment>
+    <comment ref="E5" authorId="0">
+      <text>
+        <t>Reference to the Book Code the Journal is booked to</t>
+      </text>
+    </comment>
+    <comment ref="F5" authorId="0">
+      <text>
+        <t>Accounting Date</t>
+      </text>
+    </comment>
+    <comment ref="G5" authorId="0">
+      <text>
+        <t>Anchor balancing worktag for journal.</t>
+      </text>
+    </comment>
+    <comment ref="H5" authorId="0">
+      <text>
+        <t>Optional Anchor Balancing Worktags for the Journal.</t>
+      </text>
+    </comment>
+    <comment ref="I5" authorId="0">
+      <text>
+        <t>This transaction header memo will print on the delivered transaction. It is optional freeform text</t>
+      </text>
+    </comment>
+    <comment ref="J5" authorId="0">
+      <text>
+        <t>This is a freeform text reference that is used to associate this Journal with a record in a third party system</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author/>
   </authors>
   <commentList>
-    <comment ref="C3" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
-[...724 lines deleted...]
-        </r>
+    <comment ref="C3" authorId="0">
+      <text>
+        <t>Journal Entry Line Data</t>
+      </text>
+    </comment>
+    <comment ref="C4" authorId="0">
+      <text>
+        <t>Journal Entry Line Data</t>
+      </text>
+    </comment>
+    <comment ref="D4" authorId="0">
+      <text>
+        <t>Type: Company_Reference_ID</t>
+      </text>
+    </comment>
+    <comment ref="E4" authorId="0">
+      <text>
+        <t>Type: Ledger_Account_ID</t>
+      </text>
+    </comment>
+    <comment ref="I4" authorId="0">
+      <text>
+        <t>Text item</t>
+      </text>
+    </comment>
+    <comment ref="J4" authorId="0">
+      <text>
+        <t>Text item</t>
+      </text>
+    </comment>
+    <comment ref="K4" authorId="0">
+      <text>
+        <t>Date item</t>
+      </text>
+    </comment>
+    <comment ref="L4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="M4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="N4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="O4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="P4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="Q4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="R4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="S4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="T4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="U4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="V4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="W4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="X4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="Y4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="Z4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="AA4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="AB4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="AC4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="AD4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="AE4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="AF4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="AG4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="AH4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="AI4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="AJ4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="AK4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="AL4" authorId="0">
+      <text>
+        <t>Type: Academic_Level_ID</t>
+      </text>
+    </comment>
+    <comment ref="C5" authorId="0">
+      <text>
+        <t>Use a unique value for each line key entry within a header key group. You can reuse the same line key values in a different header key group</t>
+      </text>
+    </comment>
+    <comment ref="D5" authorId="0">
+      <text>
+        <t>The company for the line for intercompany journals.If field is left blank, it will default to the same company as the header company. For non-intercompany journals this field should be left blank or have the same value as the header company.  For beginning balance journal loads, this field should always be blank or the same as the header company. For journals that are intercompany beginning balances, the other company should only be referenced as an intercompany affiliate worktag.</t>
+      </text>
+    </comment>
+    <comment ref="E5" authorId="0">
+      <text>
+        <t>Reference to an existing Ledger Account.  The Ledger Account reference is a 2 part reference ID, composed of the Ledger Account ID and the Reference ID for the Ledger Account Set it is organized into.</t>
+      </text>
+    </comment>
+    <comment ref="F5" authorId="0">
+      <text>
+        <t>For types that require a parent reference, contains a unique identifier for an instance of a parent object.</t>
+      </text>
+    </comment>
+    <comment ref="G5" authorId="0">
+      <text>
+        <t>Ledger Debit Amount</t>
+      </text>
+    </comment>
+    <comment ref="H5" authorId="0">
+      <text>
+        <t>Ledger Credit Amount</t>
+      </text>
+    </comment>
+    <comment ref="I5" authorId="0">
+      <text>
+        <t>Memo for the line</t>
+      </text>
+    </comment>
+    <comment ref="J5" authorId="0">
+      <text>
+        <t>This is a freeform text reference that is used to associate this Journal with a record in a third party system</t>
+      </text>
+    </comment>
+    <comment ref="K5" authorId="0">
+      <text>
+        <t>Budget Date for the Journal Line. It is required if the View Budget Date flag is set to true for the Ledger.</t>
+      </text>
+    </comment>
+    <comment ref="L5" authorId="0">
+      <text>
+        <t>Revenue Category</t>
+      </text>
+    </comment>
+    <comment ref="M5" authorId="0">
+      <text>
+        <t>Spend Category</t>
+      </text>
+    </comment>
+    <comment ref="N5" authorId="0">
+      <text>
+        <t>Division (Required)</t>
+      </text>
+    </comment>
+    <comment ref="O5" authorId="0">
+      <text>
+        <t>Cost Center (Required)</t>
+      </text>
+    </comment>
+    <comment ref="P5" authorId="0">
+      <text>
+        <t>Fund (Required)</t>
+      </text>
+    </comment>
+    <comment ref="Q5" authorId="0">
+      <text>
+        <t>Program (Required)</t>
+      </text>
+    </comment>
+    <comment ref="R5" authorId="0">
+      <text>
+        <t>Financial Site (Required)</t>
+      </text>
+    </comment>
+    <comment ref="S5" authorId="0">
+      <text>
+        <t>Designation (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="T5" authorId="0">
+      <text>
+        <t>Gift (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="U5" authorId="0">
+      <text>
+        <t>Grant (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="V5" authorId="0">
+      <text>
+        <t>Project (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="W5" authorId="0">
+      <text>
+        <t>Project Task (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="X5" authorId="0">
+      <text>
+        <t>Activity (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="Y5" authorId="0">
+      <text>
+        <t>Financial Initiative (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="Z5" authorId="0">
+      <text>
+        <t>Transaction Detail (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="AA5" authorId="0">
+      <text>
+        <t>Object Class (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="AB5" authorId="0">
+      <text>
+        <t>Travel Type (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="AC5" authorId="0">
+      <text>
+        <t>Employee (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="AD5" authorId="0">
+      <text>
+        <t>Fringe Category (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="AE5" authorId="0">
+      <text>
+        <t>Pay Group (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="AF5" authorId="0">
+      <text>
+        <t>Deduction (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="AG5" authorId="0">
+      <text>
+        <t>Location (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="AH5" authorId="0">
+      <text>
+        <t>Salary Over the Cap (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="AI5" authorId="0">
+      <text>
+        <t>Sales Item (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="AJ5" authorId="0">
+      <text>
+        <t>Tax Applicability (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="AK5" authorId="0">
+      <text>
+        <t>Tax Code (Optional)</t>
+      </text>
+    </comment>
+    <comment ref="AL5" authorId="0">
+      <text>
+        <t>Academic Period (Optional)</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="69">
-[...1 lines deleted...]
-    <t>Import Accounting Journal</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302" uniqueCount="88">
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Import Accounting Journal - v38.0</t>
   </si>
   <si>
     <t>Area</t>
   </si>
   <si>
     <t>All</t>
   </si>
   <si>
     <t>Accounting Journal Data</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>Required</t>
   </si>
   <si>
     <t>Optional</t>
   </si>
   <si>
     <t>Optional. May have multiples</t>
   </si>
   <si>
     <t>Format</t>
   </si>
@@ -1134,53 +589,80 @@
   <si>
     <t>Number (18,3)</t>
   </si>
   <si>
     <t>Revenue_Category_ID</t>
   </si>
   <si>
     <t>Spend_Category_ID</t>
   </si>
   <si>
     <t>Cost_Center_Reference_ID</t>
   </si>
   <si>
     <t>Program_ID</t>
   </si>
   <si>
     <t>Gift_Reference_ID</t>
   </si>
   <si>
     <t>Grant_ID</t>
   </si>
   <si>
     <t>Project_ID</t>
   </si>
   <si>
+    <t>Project_Plan_ID</t>
+  </si>
+  <si>
     <t>Custom_Worktag_06_ID</t>
   </si>
   <si>
+    <t>Object_Class_ID</t>
+  </si>
+  <si>
+    <t>Custom_Worktag_09_ID</t>
+  </si>
+  <si>
+    <t>Employee_ID</t>
+  </si>
+  <si>
+    <t>Custom_Worktag_5_ID</t>
+  </si>
+  <si>
+    <t>Organization_Reference_ID</t>
+  </si>
+  <si>
+    <t>Workday_Deduction_Code</t>
+  </si>
+  <si>
+    <t>Location_ID</t>
+  </si>
+  <si>
+    <t>Salary_Over_The_Cap_Type_ID</t>
+  </si>
+  <si>
     <t>Sales_Item_ID</t>
   </si>
   <si>
     <t>Tax_Applicability_ID</t>
   </si>
   <si>
     <t>Tax_Code_ID</t>
   </si>
   <si>
     <t>Academic_Period_ID</t>
   </si>
   <si>
     <t>Header Key</t>
   </si>
   <si>
     <t>Line Key</t>
   </si>
   <si>
     <t>Line Company</t>
   </si>
   <si>
     <t>Ledger Account</t>
   </si>
   <si>
     <t>Account Set</t>
@@ -1209,1121 +691,1181 @@
   <si>
     <t>Cost Center (Required)</t>
   </si>
   <si>
     <t>Fund (Required)</t>
   </si>
   <si>
     <t>Program (Required)</t>
   </si>
   <si>
     <t>Financial Site (Required)</t>
   </si>
   <si>
     <t>Designation (Optional)</t>
   </si>
   <si>
     <t>Gift (Optional)</t>
   </si>
   <si>
     <t>Grant (Optional)</t>
   </si>
   <si>
     <t>Project (Optional)</t>
   </si>
   <si>
+    <t>Project Task (Optional)</t>
+  </si>
+  <si>
     <t>Activity (Optional)</t>
   </si>
   <si>
     <t>Financial Initiative (Optional)</t>
   </si>
   <si>
     <t>Transaction Detail (Optional)</t>
+  </si>
+  <si>
+    <t>Object Class (Optional)</t>
+  </si>
+  <si>
+    <t>Travel Type (Optional)</t>
+  </si>
+  <si>
+    <t>Employee (Optional)</t>
+  </si>
+  <si>
+    <t>Fringe Category (Optional)</t>
+  </si>
+  <si>
+    <t>Pay Group (Optional)</t>
+  </si>
+  <si>
+    <t>Deduction (Optional)</t>
+  </si>
+  <si>
+    <t>Location (Optional)</t>
+  </si>
+  <si>
+    <t>Salary Over the Cap (Optional)</t>
   </si>
   <si>
     <t>Sales Item (Optional)</t>
   </si>
   <si>
     <t>Tax Applicability (Optional)</t>
   </si>
   <si>
     <t>Tax Code (Optional)</t>
   </si>
   <si>
     <t>Academic Period (Optional)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...2 lines deleted...]
-      <sz val="11"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="0"/>
+  <fonts count="20">
+    <font>
+      <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-      <sz val="8"/>
+      <name val="Arial Narrow"/>
+      <sz val="12.0"/>
+      <family val="2"/>
       <color rgb="FFFFFFFF"/>
+      <b val="true"/>
+    </font>
+    <font>
+      <name val="Arial Narrow"/>
+      <sz val="14.0"/>
+      <family val="2"/>
+      <color rgb="FFFFFFFF"/>
+      <b val="true"/>
+    </font>
+    <font>
+      <name val="Arial Narrow"/>
+      <sz val="10.0"/>
+      <family val="2"/>
+      <color rgb="FFFFFFFF"/>
+      <b val="true"/>
+    </font>
+    <font>
+      <name val="Arial Narrow"/>
+      <sz val="10.0"/>
+      <family val="2"/>
+      <color rgb="FFFFFFFF"/>
+      <b val="true"/>
+    </font>
+    <font>
+      <name val="Arial Narrow"/>
+      <sz val="10.0"/>
+      <family val="2"/>
+      <color rgb="FFFFFFFF"/>
+      <b val="true"/>
+    </font>
+    <font>
+      <name val="Arial Narrow"/>
+      <sz val="10.0"/>
+      <family val="2"/>
+      <color rgb="FFFFFFFF"/>
+      <b val="true"/>
+    </font>
+    <font>
       <name val="Arial"/>
-      <family val="2"/>
-[...3 lines deleted...]
-      <sz val="14"/>
+      <sz val="8.0"/>
+      <family val="2"/>
+      <b val="true"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <sz val="8.0"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <sz val="8.0"/>
+      <family val="2"/>
+      <color rgb="FFFFFFFF"/>
+      <b val="true"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <sz val="14.0"/>
+      <family val="2"/>
       <color rgb="FF000066"/>
+      <b val="true"/>
+    </font>
+    <font>
       <name val="Arial"/>
-      <family val="2"/>
-[...3 lines deleted...]
-      <sz val="8"/>
+      <sz val="8.0"/>
+      <family val="2"/>
       <color rgb="FFFFFFFF"/>
+      <b val="true"/>
+    </font>
+    <font>
       <name val="Arial"/>
-      <family val="2"/>
-[...3 lines deleted...]
-      <sz val="8"/>
+      <sz val="8.0"/>
+      <family val="2"/>
       <color rgb="FFFFFFFF"/>
+      <b val="true"/>
+    </font>
+    <font>
       <name val="Arial"/>
-      <family val="2"/>
-[...2 lines deleted...]
-      <sz val="8"/>
+      <sz val="8.0"/>
+      <family val="2"/>
       <color rgb="FF808080"/>
+    </font>
+    <font>
       <name val="Arial"/>
-      <family val="2"/>
-[...2 lines deleted...]
-      <sz val="8"/>
+      <sz val="8.0"/>
+      <family val="2"/>
       <color rgb="FF808080"/>
+    </font>
+    <font>
       <name val="Arial"/>
-      <family val="2"/>
-[...3 lines deleted...]
-      <sz val="8"/>
+      <sz val="8.0"/>
+      <family val="2"/>
       <color rgb="FFFFFFFF"/>
+      <b val="true"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <sz val="22.0"/>
+      <family val="2"/>
+      <color rgb="FF000066"/>
+      <b val="true"/>
+    </font>
+    <font>
+      <name val="Verdana"/>
+      <sz val="10.0"/>
+      <family val="2"/>
+      <color rgb="FF000000"/>
+    </font>
+    <font>
       <name val="Arial"/>
-      <family val="2"/>
+      <sz val="8.0"/>
+      <family val="2"/>
+      <color rgb="FFFFFFFF"/>
+      <b val="true"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <sz val="10.0"/>
+      <family val="2"/>
+      <color rgb="FF000000"/>
+      <b val="true"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="23">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125"/>
+      <patternFill patternType="darkGray"/>
+    </fill>
+    <fill>
+      <patternFill patternType="none">
+        <fgColor rgb="FF3366FF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF3366FF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="none">
+        <fgColor rgb="FF969696"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF969696"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="none">
+        <fgColor rgb="FF1B447F"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF1B447F"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="none">
+        <fgColor rgb="FF339966"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF339966"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="none">
+        <fgColor rgb="FF800000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF800000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="none">
+        <fgColor rgb="FFFF6600"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF6600"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="none">
+        <fgColor rgb="FF75923C"/>
+      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF75923C"/>
       </patternFill>
     </fill>
     <fill>
+      <patternFill patternType="none">
+        <fgColor rgb="FF333399"/>
+      </patternFill>
+    </fill>
+    <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF333399"/>
       </patternFill>
     </fill>
     <fill>
+      <patternFill patternType="none">
+        <fgColor rgb="FF000066"/>
+      </patternFill>
+    </fill>
+    <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000066"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="none">
+        <fgColor rgb="FFFFFFCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="lightHorizontal">
+        <fgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="lightHorizontal">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-      <diagonal/>
+      <left style="thin"/>
+    </border>
+    <border>
+      <left style="thin"/>
+      <right style="thin"/>
+    </border>
+    <border>
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="thin"/>
+    </border>
+    <border>
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyAlignment="true" applyFont="true" applyFill="true">
+      <alignment horizontal="left" vertical="bottom" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyAlignment="true" applyFont="true" applyFill="true">
+      <alignment horizontal="left" vertical="bottom" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="4" xfId="0" applyBorder="true" applyFont="true" applyFill="true"/>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="4" xfId="0" applyBorder="true" applyFont="true" applyFill="true"/>
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="4" xfId="0" applyBorder="true" applyFont="true" applyFill="true"/>
+    <xf numFmtId="0" fontId="6" fillId="13" borderId="4" xfId="0" applyBorder="true" applyFont="true" applyFill="true"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyBorder="true" applyFont="true"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyBorder="true" applyFont="true"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="true"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="true"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="true"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="true"/>
+    <xf numFmtId="0" fontId="9" fillId="15" borderId="4" xfId="0" applyBorder="true" applyFont="true" applyFill="true"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="true"/>
+    <xf numFmtId="0" fontId="11" fillId="17" borderId="4" xfId="0" applyBorder="true" applyFont="true" applyFill="true"/>
+    <xf numFmtId="0" fontId="12" fillId="19" borderId="4" xfId="0" applyBorder="true" applyFont="true" applyFill="true"/>
+    <xf numFmtId="0" fontId="13" fillId="22" borderId="4" xfId="0" applyBorder="true" applyFont="true" applyFill="true"/>
+    <xf numFmtId="0" fontId="14" fillId="22" borderId="4" xfId="0" applyBorder="true" applyFont="true" applyFill="true"/>
+    <xf numFmtId="0" fontId="15" fillId="17" borderId="4" xfId="0" applyBorder="true" applyFont="true" applyFill="true"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="true"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
+      <alignment vertical="top" wrapText="true"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="17" borderId="0" xfId="0" applyFont="true" applyFill="true"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
-  <cellStyles count="1">
-[...11 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...291 lines deleted...]
-</a:theme>
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/><Relationship Id="rId2" Target="../comments1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/><Relationship Id="rId3" Target="../drawings/vmlDrawing0.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/><Relationship Id="rId2" Target="../comments2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/><Relationship Id="rId3" Target="../drawings/vmlDrawing1.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J5"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
-    <col min="1" max="1" width="15.7265625" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="10" width="15.7265625" style="1" customWidth="1"/>
+    <col min="1" max="1" style="12" width="15.7109375" customWidth="true"/>
+    <col min="2" max="2" width="15.7109375" customWidth="true"/>
+    <col min="3" max="3" style="12" width="15.7109375" customWidth="true"/>
+    <col min="4" max="4" style="12" width="15.7109375" customWidth="true"/>
+    <col min="5" max="5" style="12" width="15.7109375" customWidth="true"/>
+    <col min="6" max="6" width="15.7109375" customWidth="true"/>
+    <col min="7" max="7" style="12" width="15.7109375" customWidth="true"/>
+    <col min="8" max="8" style="12" width="15.7109375" customWidth="true"/>
+    <col min="9" max="9" style="12" width="15.7109375" customWidth="true"/>
+    <col min="10" max="10" style="12" width="15.7109375" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.4">
-[...11 lines deleted...]
-      <c r="J1" s="9"/>
+    <row r="1">
+      <c r="A1" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="0"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="0"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
     </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B2" s="3" t="s">
+    <row r="2">
+      <c r="A2" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="10" t="s">
+      <c r="B2" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="9"/>
-[...5 lines deleted...]
-      <c r="J2" s="9"/>
+      <c r="C2" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D2" s="12"/>
+      <c r="E2" s="12"/>
+      <c r="F2" s="0"/>
+      <c r="G2" s="12"/>
+      <c r="H2" s="12"/>
+      <c r="I2" s="12"/>
+      <c r="J2" s="12"/>
     </row>
-    <row r="3" spans="1:10" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B3" s="5" t="s">
+    <row r="3">
+      <c r="A3" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="5" t="s">
+      <c r="B3" s="18" t="s">
         <v>6</v>
       </c>
-      <c r="F3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="5" t="s">
+      <c r="C3" s="18" t="s">
         <v>6</v>
       </c>
-      <c r="H3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I3" s="5" t="s">
+      <c r="D3" s="18" t="s">
         <v>6</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="E3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="F3" s="18" t="s">
         <v>6</v>
       </c>
+      <c r="G3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H3" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="I3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="J3" s="18" t="s">
+        <v>7</v>
+      </c>
     </row>
-    <row r="4" spans="1:10" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B4" s="6" t="s">
+    <row r="4">
+      <c r="A4" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="C4" s="6" t="s">
+      <c r="B4" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="D4" s="6" t="s">
+      <c r="C4" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="E4" s="6" t="s">
+      <c r="D4" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="F4" s="6" t="s">
+      <c r="E4" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="G4" s="6" t="s">
+      <c r="F4" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="H4" s="6" t="s">
+      <c r="G4" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="I4" s="6" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="H4" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="I4" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="19" t="s">
+        <v>10</v>
       </c>
     </row>
-    <row r="5" spans="1:10" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B5" s="3" t="s">
+    <row r="5">
+      <c r="A5" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="B5" s="16" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="C5" s="17" t="s">
         <v>19</v>
       </c>
-      <c r="E5" s="4" t="s">
+      <c r="D5" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="F5" s="4" t="s">
+      <c r="E5" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="G5" s="4" t="s">
+      <c r="F5" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="H5" s="4" t="s">
+      <c r="G5" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="I5" s="4" t="s">
+      <c r="H5" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="J5" s="4" t="s">
+      <c r="I5" s="17" t="s">
         <v>25</v>
+      </c>
+      <c r="J5" s="17" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="C2:J2"/>
   </mergeCells>
   <dataValidations count="4">
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="C4" xr:uid="{00000000-0002-0000-0000-000000000000}">
-[...2 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="D4" xr:uid="{00000000-0002-0000-0000-000001000000}">
+    <dataValidation type="list" sqref="C4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"WID,Company_Reference_ID,Organization_Reference_ID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="D4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
       <formula1>"WID,Ledger_Type_ID"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E4" xr:uid="{00000000-0002-0000-0000-000002000000}">
+    <dataValidation type="list" sqref="E4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
       <formula1>"WID,Book_Code_ID"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="G4" xr:uid="{00000000-0002-0000-0000-000003000000}">
-      <formula1>"WID,Business_Unit_ID,Cost_Center_Reference_ID,Custom_Organization_Reference_ID,Organization_Reference_ID,Fund_ID,Region_Reference_ID"</formula1>
+    <dataValidation type="list" sqref="G4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"WID,Business_Unit_ID,Cost_Center_Reference_ID,Custom_Organization_Reference_ID,Fund_ID,Organization_Reference_ID,Region_Reference_ID"</formula1>
     </dataValidation>
   </dataValidations>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <legacyDrawing r:id="rId1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+  <drawing r:id="rId1"/>
+  <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:AM5"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:AL5"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
-    <col min="11" max="12" width="15.7265625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="22" max="39" width="15.7265625" style="1" customWidth="1"/>
+    <col min="11" max="11" style="12" width="15.7109375" customWidth="true"/>
+    <col min="12" max="12" style="12" width="15.7109375" customWidth="true"/>
+    <col min="13" max="13" width="15.7109375" customWidth="true"/>
+    <col min="14" max="14" style="12" width="15.7109375" customWidth="true"/>
+    <col min="15" max="15" style="12" width="15.7109375" customWidth="true"/>
+    <col min="16" max="16" style="12" width="15.7109375" customWidth="true"/>
+    <col min="17" max="17" width="15.7109375" customWidth="true"/>
+    <col min="18" max="18" width="15.7109375" customWidth="true"/>
+    <col min="19" max="19" style="12" width="15.7109375" customWidth="true"/>
+    <col min="20" max="20" style="12" width="15.7109375" customWidth="true"/>
+    <col min="21" max="21" width="15.7109375" customWidth="true"/>
+    <col min="22" max="22" style="12" width="15.7109375" customWidth="true"/>
+    <col min="23" max="23" style="12" width="15.7109375" customWidth="true"/>
+    <col min="24" max="24" style="12" width="15.7109375" customWidth="true"/>
+    <col min="25" max="25" style="12" width="15.7109375" customWidth="true"/>
+    <col min="26" max="26" style="12" width="15.7109375" customWidth="true"/>
+    <col min="27" max="27" style="12" width="15.7109375" customWidth="true"/>
+    <col min="28" max="28" style="12" width="15.7109375" customWidth="true"/>
+    <col min="29" max="29" style="12" width="15.7109375" customWidth="true"/>
+    <col min="30" max="30" style="12" width="15.7109375" customWidth="true"/>
+    <col min="31" max="31" style="12" width="15.7109375" customWidth="true"/>
+    <col min="32" max="32" style="12" width="15.7109375" customWidth="true"/>
+    <col min="33" max="33" style="12" width="15.7109375" customWidth="true"/>
+    <col min="34" max="34" style="12" width="15.7109375" customWidth="true"/>
+    <col min="35" max="35" style="12" width="15.7109375" customWidth="true"/>
+    <col min="36" max="36" style="12" width="15.7109375" customWidth="true"/>
+    <col min="37" max="37" style="12" width="15.7109375" customWidth="true"/>
+    <col min="38" max="38" style="12" width="15.7109375" customWidth="true"/>
+    <col min="39" max="39" style="12" width="15.7109375" customWidth="true"/>
+    <col min="40" max="40" style="12" width="15.7109375" customWidth="true"/>
+    <col min="41" max="41" style="12" width="15.7109375" customWidth="true"/>
+    <col min="42" max="42" style="12" width="15.7109375" customWidth="true"/>
+    <col min="43" max="43" style="12" width="15.7109375" customWidth="true"/>
+    <col min="44" max="44" style="12" width="15.7109375" customWidth="true"/>
+    <col min="45" max="45" style="12" width="15.7109375" customWidth="true"/>
+    <col min="46" max="46" style="12" width="15.7109375" customWidth="true"/>
+    <col min="47" max="47" style="12" width="15.7109375" customWidth="true"/>
+    <col min="48" max="48" style="12" width="15.7109375" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" ht="18" x14ac:dyDescent="0.4">
-      <c r="A1" s="8" t="s">
+    <row r="1">
+      <c r="A1" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1" s="0"/>
+      <c r="C1" s="0"/>
+      <c r="D1" s="0"/>
+      <c r="E1" s="0"/>
+      <c r="F1" s="0"/>
+      <c r="G1" s="0"/>
+      <c r="H1" s="0"/>
+      <c r="I1" s="0"/>
+      <c r="J1" s="0"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="0"/>
+      <c r="N1" s="12"/>
+      <c r="O1" s="12"/>
+      <c r="P1" s="12"/>
+      <c r="Q1" s="0"/>
+      <c r="R1" s="0"/>
+      <c r="S1" s="12"/>
+      <c r="T1" s="12"/>
+      <c r="U1" s="0"/>
+      <c r="V1" s="12"/>
+      <c r="W1" s="12"/>
+      <c r="X1" s="12"/>
+      <c r="Y1" s="12"/>
+      <c r="Z1" s="12"/>
+      <c r="AA1" s="12"/>
+      <c r="AB1" s="12"/>
+      <c r="AC1" s="12"/>
+      <c r="AD1" s="12"/>
+      <c r="AE1" s="12"/>
+      <c r="AF1" s="12"/>
+      <c r="AG1" s="12"/>
+      <c r="AH1" s="12"/>
+      <c r="AI1" s="12"/>
+      <c r="AJ1" s="12"/>
+      <c r="AK1" s="12"/>
+      <c r="AL1" s="12"/>
+    </row>
+    <row r="2">
+      <c r="A2" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="C2" s="0"/>
+      <c r="D2" s="0"/>
+      <c r="E2" s="0"/>
+      <c r="F2" s="0"/>
+      <c r="G2" s="0"/>
+      <c r="H2" s="0"/>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" s="12"/>
+      <c r="L2" s="12"/>
+      <c r="M2" s="0"/>
+      <c r="N2" s="12"/>
+      <c r="O2" s="12"/>
+      <c r="P2" s="12"/>
+      <c r="Q2" s="0"/>
+      <c r="R2" s="0"/>
+      <c r="S2" s="12"/>
+      <c r="T2" s="12"/>
+      <c r="U2" s="0"/>
+      <c r="V2" s="12"/>
+      <c r="W2" s="12"/>
+      <c r="X2" s="12"/>
+      <c r="Y2" s="12"/>
+      <c r="Z2" s="12"/>
+      <c r="AA2" s="12"/>
+      <c r="AB2" s="12"/>
+      <c r="AC2" s="12"/>
+      <c r="AD2" s="12"/>
+      <c r="AE2" s="12"/>
+      <c r="AF2" s="12"/>
+      <c r="AG2" s="12"/>
+      <c r="AH2" s="12"/>
+      <c r="AI2" s="12"/>
+      <c r="AJ2" s="12"/>
+      <c r="AK2" s="12"/>
+      <c r="AL2" s="12"/>
+    </row>
+    <row r="3">
+      <c r="A3" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="E3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="F3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="I3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="J3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="K3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="L3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="M3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="N3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="O3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="P3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="Q3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="R3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="S3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="T3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="U3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="V3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="W3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="X3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AA3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AB3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AC3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AD3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AE3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AF3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AG3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AH3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AI3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AJ3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AK3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="AL3" s="18" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="G4" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="K4" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="L4" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="M4" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="N4" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="O4" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="P4" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q4" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="R4" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="S4" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="T4" s="19" t="s">
+        <v>35</v>
+      </c>
+      <c r="U4" s="19" t="s">
+        <v>36</v>
+      </c>
+      <c r="V4" s="19" t="s">
+        <v>37</v>
+      </c>
+      <c r="W4" s="19" t="s">
+        <v>38</v>
+      </c>
+      <c r="X4" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="Y4" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="Z4" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="AA4" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="AB4" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC4" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD4" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE4" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="AF4" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AG4" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="AH4" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="AI4" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="AJ4" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="AK4" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="AL4" s="19" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" s="16" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" s="16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" s="16" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="H5" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="I5" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="J5" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="B1" s="9"/>
-[...302 lines deleted...]
-      <c r="U5" s="3" t="s">
+      <c r="K5" s="16" t="s">
         <v>60</v>
       </c>
-      <c r="V5" s="3" t="s">
+      <c r="L5" s="16" t="s">
         <v>61</v>
       </c>
-      <c r="W5" s="3" t="s">
+      <c r="M5" s="16" t="s">
         <v>62</v>
       </c>
-      <c r="X5" s="3" t="s">
+      <c r="N5" s="16" t="s">
         <v>63</v>
       </c>
-      <c r="Y5" s="3" t="s">
+      <c r="O5" s="16" t="s">
         <v>64</v>
       </c>
-      <c r="Z5" s="3" t="s">
+      <c r="P5" s="16" t="s">
         <v>65</v>
       </c>
-      <c r="AA5" s="3" t="s">
+      <c r="Q5" s="16" t="s">
         <v>66</v>
       </c>
-      <c r="AB5" s="3" t="s">
+      <c r="R5" s="16" t="s">
         <v>67</v>
       </c>
-      <c r="AC5" s="3" t="s">
+      <c r="S5" s="16" t="s">
         <v>68</v>
+      </c>
+      <c r="T5" s="16" t="s">
+        <v>69</v>
+      </c>
+      <c r="U5" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="V5" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="W5" s="16" t="s">
+        <v>72</v>
+      </c>
+      <c r="X5" s="16" t="s">
+        <v>73</v>
+      </c>
+      <c r="Y5" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="Z5" s="16" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA5" s="16" t="s">
+        <v>76</v>
+      </c>
+      <c r="AB5" s="16" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC5" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="AD5" s="16" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE5" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="AF5" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="AG5" s="16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AH5" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="AI5" s="16" t="s">
+        <v>84</v>
+      </c>
+      <c r="AJ5" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="AK5" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="AL5" s="16" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A1:AC1"/>
-    <mergeCell ref="B2:AC2"/>
+    <mergeCell ref="A1:AL1"/>
+    <mergeCell ref="B2:AL2"/>
   </mergeCells>
-  <dataValidations count="17">
-[...3 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E4" xr:uid="{00000000-0002-0000-0100-000001000000}">
+  <dataValidations count="30">
+    <dataValidation type="list" sqref="D4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"WID,Company_Reference_ID,Organization_Reference_ID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="E4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
       <formula1>"WID,Ledger_Account_ID"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F4" xr:uid="{00000000-0002-0000-0100-000002000000}">
+    <dataValidation type="list" sqref="F4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
       <formula1>"WID,Account_Set_ID"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="L4" xr:uid="{00000000-0002-0000-0100-000003000000}">
-[...39 lines deleted...]
-      <formula1>"WID,Academic_Period_ID"</formula1>
+    <dataValidation type="list" sqref="L4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Revenue_Category_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="M4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Spend_Category_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="N4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Custom_Organization_Reference_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="O4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Cost_Center_Reference_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="P4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Fund_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="Q4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Program_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="R4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Custom_Organization_Reference_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="S4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Custom_Organization_Reference_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="T4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Gift_Reference_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="U4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Grant_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="V4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Project_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="W4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Project_Plan_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="X4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Custom_Organization_Reference_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="Y4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Custom_Organization_Reference_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="Z4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Custom_Worktag_06_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="AA4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Object_Class_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="AB4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Custom_Worktag_09_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="AC4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Employee_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="AD4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Custom_Worktag_5_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="AE4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Organization_Reference_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="AF4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Workday_Deduction_Code,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="AG4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Location_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="AH4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Salary_Over_The_Cap_Type_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="AI4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Sales_Item_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="AJ4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Tax_Applicability_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="AK4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Tax_Code_ID,WID"</formula1>
+    </dataValidation>
+    <dataValidation type="list" sqref="AL4" allowBlank="true" errorStyle="stop" showErrorMessage="true">
+      <formula1>"Academic_Period_ID,WID"</formula1>
     </dataValidation>
   </dataValidations>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <legacyDrawing r:id="rId1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+  <drawing r:id="rId1"/>
+  <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...22 lines deleted...]
-  <AppVersion></AppVersion>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...1 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>